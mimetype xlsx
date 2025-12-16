--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -556,71 +556,71 @@
         <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43163.4166666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43169.5416666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43169.5416666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43169.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43170.4583333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>11</v>
@@ -738,141 +738,141 @@
         <v>14</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43198.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43204.4166666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43204.4166666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43204.5</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43212.4166666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43212.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43218.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43218.5833333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43219.3958333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43219.7083333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>14</v>