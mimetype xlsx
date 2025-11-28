--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -304,71 +304,71 @@
         <v>12</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43128.75</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43141.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43141.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43142.8263888889</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43155.4930555556</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>12</v>
@@ -486,52 +486,52 @@
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43205.6875</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43218.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43218.7083333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>