--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -865,71 +865,71 @@
         <v>18</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43169.7222222222</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43170.6527777778</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43170.6527777778</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43170.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43170.8194444444</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>20</v>