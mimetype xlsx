--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -36,278 +36,278 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Ýmir</t>
   </si>
   <si>
     <t>KV</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Ægir</t>
   </si>
   <si>
     <t>Hertz völlurinn</t>
   </si>
   <si>
+    <t>Grótta</t>
+  </si>
+  <si>
+    <t>Vatnaliljur</t>
+  </si>
+  <si>
+    <t>Vivaldivöllurinn</t>
+  </si>
+  <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>Ísbjörninn</t>
   </si>
   <si>
     <t>Bessastaðavöllur</t>
   </si>
   <si>
-    <t>Grótta</t>
-[...7 lines deleted...]
-  <si>
     <t>Berserkir</t>
   </si>
   <si>
     <t>Reynir S.</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Augnablik</t>
   </si>
   <si>
     <t>Kormákur/Hvöt</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
+    <t>Árborg</t>
+  </si>
+  <si>
+    <t>Hamar</t>
+  </si>
+  <si>
+    <t>JÁVERK-völlurinn</t>
+  </si>
+  <si>
+    <t>Hvíti riddarinn</t>
+  </si>
+  <si>
+    <t>Vængir Júpiters</t>
+  </si>
+  <si>
+    <t>Varmárvöllur</t>
+  </si>
+  <si>
+    <t>SR</t>
+  </si>
+  <si>
+    <t>Þróttur V.</t>
+  </si>
+  <si>
+    <t>Eimskipsvöllurinn</t>
+  </si>
+  <si>
     <t>Léttir</t>
   </si>
   <si>
     <t>Úlfarnir</t>
   </si>
   <si>
-    <t>Hvíti riddarinn</t>
-[...16 lines deleted...]
-  <si>
     <t>Höttur</t>
   </si>
   <si>
     <t>Fjarðabyggð</t>
   </si>
   <si>
     <t>Fellavöllur</t>
   </si>
   <si>
-    <t>SR</t>
-[...7 lines deleted...]
-  <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kría</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>Snæfell/UDN</t>
   </si>
   <si>
     <t>ÍH</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Mídas</t>
   </si>
   <si>
     <t>Elliði</t>
   </si>
   <si>
     <t>KFS</t>
   </si>
   <si>
     <t>Víðir</t>
   </si>
   <si>
     <t>Helgafellsvöllur</t>
   </si>
   <si>
     <t>KFG</t>
   </si>
   <si>
     <t>Afríka</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
+    <t>Nökkvi</t>
+  </si>
+  <si>
+    <t>KF</t>
+  </si>
+  <si>
+    <t>KA-völlur</t>
+  </si>
+  <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Einherji</t>
+  </si>
+  <si>
+    <t>Mánavöllur</t>
+  </si>
+  <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>KFR</t>
+  </si>
+  <si>
+    <t>Kári</t>
+  </si>
+  <si>
+    <t>Hörður Í.</t>
+  </si>
+  <si>
     <t>Stál-úlfur</t>
   </si>
   <si>
     <t>Skallagrímur</t>
   </si>
   <si>
-    <t>Afturelding</t>
-[...2 lines deleted...]
-    <t>KFR</t>
+    <t>Vestri</t>
+  </si>
+  <si>
+    <t>Kóngarnir</t>
+  </si>
+  <si>
+    <t>Olísvöllurinn</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Ármann</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
-    <t>Nökkvi</t>
-[...31 lines deleted...]
-  <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>KB</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Álafoss</t>
   </si>
   <si>
     <t>GG</t>
   </si>
   <si>
     <t>Geisli A</t>
   </si>
   <si>
     <t>Dalvík/Reynir</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Gaman Ferða völlurinn</t>
   </si>
   <si>
     <t>Víkingur Ó.</t>
   </si>
   <si>
+    <t>Kórdrengir</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Þróttur R.</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur - Gervigras</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Selfoss</t>
+  </si>
+  <si>
     <t>Huginn</t>
   </si>
   <si>
-    <t>Kórdrengir</t>
-[...16 lines deleted...]
-  <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Leiknir F.</t>
   </si>
   <si>
     <t>Magni</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Húsavíkurvöllur</t>
   </si>
   <si>
     <t>Njarðtaksvöllurinn</t>
@@ -324,78 +324,78 @@
   <si>
     <t>Europcarvöllurinn</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Fylkir</t>
+  </si>
+  <si>
+    <t>Samsungvöllurinn</t>
+  </si>
+  <si>
+    <t>Grýluvöllur</t>
+  </si>
+  <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Nesfisk-völlurinn</t>
   </si>
   <si>
-    <t>Stjarnan</t>
-[...8 lines deleted...]
-    <t>Grýluvöllur</t>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Keflavík</t>
+  </si>
+  <si>
+    <t>Origo völlurinn</t>
   </si>
   <si>
     <t>Fjölnir</t>
-  </si>
-[...7 lines deleted...]
-    <t>Origo völlurinn</t>
   </si>
   <si>
     <t>Extra völlurinn</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
@@ -551,93 +551,93 @@
     <row r="7">
       <c r="A7" s="2">
         <v>43202.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43203.7916666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>37</v>
@@ -691,872 +691,872 @@
     <row r="17">
       <c r="A17" s="2">
         <v>43204.5208333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43204.5833333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43204.625</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43204.7083333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43205.5416666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43209.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43209.5833333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43209.6041666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43209.625</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43210.75</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43210.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43210.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43211.5416666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43211.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43211.5833333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43211.5833333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43213.75</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43213.7916666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43213.8333333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43220.75</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43220.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43221.5208333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43221.5416666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43221.5833333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>99</v>
+        <v>33</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43221.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43221.5833333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43221.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>91</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>91</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="C60" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>43221.6666666667</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>43221.7083333333</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>43221.7083333333</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>43250.7291666667</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>43250.75</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>43250.8020833333</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>101</v>
+        <v>78</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>43250.8020833333</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>43250.8020833333</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>43250.8020833333</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>56</v>
+        <v>118</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>43251.75</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>43251.8020833333</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>43276.75</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>43276.8333333333</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>43276.8333333333</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>43299.8020833333</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>43327.8020833333</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>43328.75</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>43358.8020833333</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>