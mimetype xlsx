--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -72,93 +72,93 @@
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Grótta/Kría</t>
   </si>
   <si>
     <t>Stjarnan/KFG</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>HK/Ýmir</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Kórinn - Grasvöllur</t>
   </si>
   <si>
+    <t>Afturelding/Hvíti/Álaf</t>
+  </si>
+  <si>
+    <t>Grindavík/GG</t>
+  </si>
+  <si>
+    <t>Tungubakkavöllur</t>
+  </si>
+  <si>
     <t>ÍBV/KFS</t>
   </si>
   <si>
     <t>Leiknir/KB</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
-    <t>Afturelding/Hvíti/Álaf</t>
-[...7 lines deleted...]
-  <si>
     <t>Selfoss/Ham/Æg/Ár</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Fylkir/Elliði</t>
   </si>
   <si>
     <t>Fjölnir/Vængir</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
+    <t>ÍA/Kári/Skallag</t>
+  </si>
+  <si>
+    <t>Norðurálsvöllurinn</t>
+  </si>
+  <si>
     <t>Keflavík</t>
-  </si>
-[...4 lines deleted...]
-    <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>Fram/Úlfarnir</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>KR/KV</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
@@ -401,135 +401,135 @@
         <v>29</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43279.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43279.75</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43279.75</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43279.8125</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43294.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43294.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43306.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43306.75</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43308.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43326.75</v>
@@ -544,49 +544,49 @@
         <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43336.75</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43339.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43368.8020833333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>