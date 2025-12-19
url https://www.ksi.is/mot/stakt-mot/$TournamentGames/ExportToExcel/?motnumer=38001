--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -66,54 +66,54 @@
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>ÍA/Skallagrímur</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
+    <t>Norðurálsvöllurinn</t>
+  </si>
+  <si>
     <t>Framvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
     <t>Grýluvöllur</t>
   </si>
   <si>
     <t>Skallagrímsvöllur</t>
   </si>
   <si>
     <t>SS-völlurinn</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -358,152 +358,152 @@
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43266.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43266.75</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43266.75</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43269.78125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43275.5</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43278.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43278.75</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43278.75</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43278.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43284.7291666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43284.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
@@ -728,219 +728,219 @@
     <row r="40">
       <c r="A40" s="2">
         <v>43327.71875</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43327.7291666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43331.75</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43332.7083333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43334.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43334.7916666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43337.5</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43337.5833333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43337.625</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43338.5416666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43340.6875</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43340.6875</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43342.75</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43345.5</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43345.5</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43345.6875</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>7</v>