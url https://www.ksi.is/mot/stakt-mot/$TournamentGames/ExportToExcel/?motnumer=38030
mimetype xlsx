--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -378,155 +378,155 @@
         <v>19</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43264.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43265.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43265.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43265.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43269.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43269.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43271.625</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43272.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43272.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43273.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43276.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
@@ -784,85 +784,85 @@
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43327.625</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43328.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43328.6666666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43328.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43330.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43331.59375</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>10</v>
@@ -896,71 +896,71 @@
         <v>19</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43335.6666666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43335.6666666667</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43335.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43335.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>43336.625</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>11</v>