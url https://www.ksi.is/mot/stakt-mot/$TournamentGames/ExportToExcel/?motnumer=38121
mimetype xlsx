--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -381,71 +381,71 @@
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43266.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43270.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43270.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43270.8541666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43273.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>15</v>
@@ -465,141 +465,141 @@
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43278.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43280.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43280.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43284.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43285.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43291.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43293.7291666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43293.7291666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43293.8125</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43296.75</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
@@ -675,71 +675,71 @@
         <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43325.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43325.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43325.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43326.75</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43327.7708333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>12</v>
@@ -773,71 +773,71 @@
         <v>4</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43332.7916666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43333.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43333.7916666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43336.75</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43338.6875</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>