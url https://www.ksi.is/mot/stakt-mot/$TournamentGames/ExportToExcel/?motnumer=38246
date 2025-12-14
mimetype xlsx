--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -18,66 +18,66 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Njarðvík</t>
+  </si>
+  <si>
+    <t>Fylkir</t>
+  </si>
+  <si>
+    <t>Reykjaneshöllin</t>
+  </si>
+  <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
@@ -428,51 +428,51 @@
         <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43606.8125</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43624.4583333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43626.5</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43626.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
@@ -498,51 +498,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43626.6875</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43626.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43649.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43651.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>37</v>