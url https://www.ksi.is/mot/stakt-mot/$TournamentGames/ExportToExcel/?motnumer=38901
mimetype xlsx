--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -377,71 +377,71 @@
         <v>16</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43503.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43506.5416666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43506.5416666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43508.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43522.7291666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
@@ -461,71 +461,71 @@
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43528.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43534.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43534.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43541.5</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43542.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>11</v>