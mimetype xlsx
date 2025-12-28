--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -233,71 +233,71 @@
         <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43432.8020833333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43435.6041666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43435.6041666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43436.5416666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43442.6041666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
@@ -331,71 +331,71 @@
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43470.6041666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43471.6041666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43471.6041666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43485.6041666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43498.7222222222</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
@@ -583,71 +583,71 @@
         <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43555.6041666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43561.6041666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>43561.6041666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43561.6527777778</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43568.6041666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>7</v>
@@ -709,52 +709,52 @@
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43583.5416666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43583.6041666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43583.6041666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>