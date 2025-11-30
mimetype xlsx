--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -465,71 +465,71 @@
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43608.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43608.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43608.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43610.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43610.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>17</v>
@@ -563,71 +563,71 @@
         <v>19</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43615.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43615.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43615.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43617.625</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43621.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>16</v>
@@ -661,71 +661,71 @@
         <v>14</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43626.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43626.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43626.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43630.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43630.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
@@ -815,393 +815,393 @@
         <v>16</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43637.8333333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43638.5833333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43638.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43638.625</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43642.8333333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43643.8020833333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43643.8333333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43643.8333333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43645.5833333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43645.6666666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>43651.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>43651.8333333333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>43652.5833333333</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>43652.5833333333</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>43652.5833333333</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>43652.6666666667</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>43656.7083333333</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>43656.7916666667</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>43656.8333333333</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>43656.8333333333</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>43656.8333333333</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>43657.8333333333</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>43660.5833333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>43660.5833333333</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>43660.5833333333</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>43660.5833333333</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>43660.6666666667</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>43660.6666666667</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>11</v>
@@ -1305,71 +1305,71 @@
         <v>4</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>43671.8333333333</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>43673.5833333333</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>43673.5833333333</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>43673.625</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>43673.6666666667</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>16</v>
@@ -1417,225 +1417,225 @@
         <v>19</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>43677.7916666667</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>43677.8333333333</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>43677.8333333333</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2">
         <v>43686.8333333333</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2">
         <v>43686.8333333333</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2">
         <v>43686.8333333333</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2">
         <v>43687.5833333333</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2">
         <v>43687.5833333333</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2">
         <v>43687.6666666667</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2">
         <v>43692.7916666667</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2">
         <v>43692.7916666667</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2">
         <v>43694.5833333333</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>43694.5833333333</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>43694.5833333333</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2">
         <v>43694.625</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2">
         <v>43698.7916666667</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
@@ -1725,71 +1725,71 @@
         <v>10</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2">
         <v>43708.5833333333</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2">
         <v>43708.6666666667</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2">
         <v>43708.6666666667</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2">
         <v>43708.6666666667</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2">
         <v>43711.7916666667</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>4</v>
@@ -1893,85 +1893,85 @@
         <v>4</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2">
         <v>43722.5833333333</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2">
         <v>43722.5833333333</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2">
         <v>43722.5833333333</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2">
         <v>43722.5833333333</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2">
         <v>43722.5833333333</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2">
         <v>43728.6875</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>17</v>