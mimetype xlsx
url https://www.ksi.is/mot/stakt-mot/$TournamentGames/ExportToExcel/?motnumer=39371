--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -224,71 +224,71 @@
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43525.7430555556</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43534.5347222222</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43534.5347222222</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43539.6736111111</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43547.4513888889</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>11</v>