--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -583,71 +583,71 @@
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43631.5</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43631.5833333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43631.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43635.75</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43635.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>15</v>
@@ -695,127 +695,127 @@
         <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43641.7083333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43641.75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43641.75</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43645.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43648.75</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43648.75</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43648.75</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43654.75</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43655.7083333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
@@ -877,85 +877,85 @@
         <v>11</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43669.75</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43669.75</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43669.75</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43669.75</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43670.75</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43672.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
@@ -1129,155 +1129,155 @@
         <v>17</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>43695.5833333333</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>43697.75</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>43697.75</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>43697.75</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>43697.7708333333</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>43701.5625</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>43704.75</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>43704.75</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>43704.75</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>43709.625</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>43709.75</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>11</v>