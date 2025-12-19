--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -300,71 +300,71 @@
         <v>17</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43605.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43607.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43607.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43608.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43608.6875</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
@@ -398,141 +398,141 @@
         <v>21</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43613.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43613.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43613.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43613.6875</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43618.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43619.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43619.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43619.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43619.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43620.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>16</v>
@@ -566,141 +566,141 @@
         <v>21</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43623.625</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43623.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43623.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43628.5416666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43628.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43628.6666666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>43628.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43628.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43631.4166666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43634.5416666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>7</v>
@@ -720,71 +720,71 @@
         <v>14</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43634.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43634.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43634.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43640.625</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43640.625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
@@ -874,71 +874,71 @@
         <v>5</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43690.5</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43690.6666666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43690.6666666667</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43691.625</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43693.625</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>16</v>
@@ -986,150 +986,150 @@
         <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>43696.625</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>43696.6666666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>43696.6666666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>43697.6666666667</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>43698.5</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>43700.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>43700.6666666667</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>43700.6666666667</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>43700.6666666667</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>43700.6666666667</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>