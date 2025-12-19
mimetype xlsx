--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -370,71 +370,71 @@
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43613.7395833333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43618.5347222222</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43618.5347222222</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43618.5416666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43619.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
@@ -580,71 +580,71 @@
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43648.6597222222</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43648.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43648.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43648.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43655.7013888889</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>11</v>
@@ -664,71 +664,71 @@
         <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43689.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43689.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43689.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43691.7013888889</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43693.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>14</v>
@@ -776,66 +776,66 @@
         <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43699.625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43699.6666666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>43699.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43699.7013888889</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>