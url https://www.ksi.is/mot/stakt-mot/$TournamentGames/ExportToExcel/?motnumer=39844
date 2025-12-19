--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -534,71 +534,71 @@
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43632.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43636.75</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43636.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43638.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43639.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>