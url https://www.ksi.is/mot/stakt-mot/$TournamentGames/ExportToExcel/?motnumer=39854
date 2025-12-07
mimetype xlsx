--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -343,141 +343,141 @@
         <v>13</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43611.5520833333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43617.6979166667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43617.6979166667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43618.5625</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>43618.5729166667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>43623.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>43630.8229166667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43630.8229166667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43634.8229166667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43638.5208333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>11</v>