--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -729,71 +729,71 @@
         <v>14</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43643.5416666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43643.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43643.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43644.6666666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43648.5416666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
@@ -883,85 +883,85 @@
         <v>12</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43686.6666666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43687.4583333333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43687.4583333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43687.4583333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43687.625</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43688.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>19</v>
@@ -981,141 +981,141 @@
         <v>10</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>43691.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>43692.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>43692.6666666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>43694.625</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>43697.6041666667</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>43698.6666666667</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>43698.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>43698.6666666667</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>43699.6666666667</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>43699.6666666667</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>4</v>