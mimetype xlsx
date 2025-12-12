--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -724,52 +724,52 @@
         <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43700.7291666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43700.7708333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43700.7708333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>