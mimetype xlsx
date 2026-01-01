--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -341,71 +341,71 @@
         <v>18</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43616.6458333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43616.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43616.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43617.5</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>43620.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>13</v>
@@ -537,127 +537,127 @@
         <v>12</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43637.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43637.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43637.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43637.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>43644.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>43644.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>43644.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>43649.7708333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>43650.6875</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>