--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -242,141 +242,141 @@
         <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43601.8125</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43608.8125</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43608.8125</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43608.8125</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43611.6875</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43614.7291666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43614.8125</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43614.8125</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43618.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43619.7708333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
@@ -452,127 +452,127 @@
         <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43629.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43629.7916666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43629.7916666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43632.7291666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43634.7291666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43634.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43634.7916666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43635.7916666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43638.4722222222</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>7</v>
@@ -648,71 +648,71 @@
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43649.6875</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43654.7291666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43654.7291666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43654.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43657.6944444444</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>11</v>
@@ -788,71 +788,71 @@
         <v>11</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>43690.7291666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>43692.7916666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>43692.7916666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>43692.7916666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43694.7708333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>