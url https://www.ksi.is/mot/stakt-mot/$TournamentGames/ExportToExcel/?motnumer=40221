--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -150,68 +150,68 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>43629.6423611111</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>43629.6770833333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43629.6770833333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43629.7118055556</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43629.7118055556</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>7</v>
@@ -234,52 +234,52 @@
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43629.7465277778</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43629.78125</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43629.78125</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>