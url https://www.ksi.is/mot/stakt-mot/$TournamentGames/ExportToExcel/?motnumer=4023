--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -36,66 +36,66 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Iðavellir</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>ÍBV</t>
+  </si>
+  <si>
+    <t>Akranesvöllur</t>
+  </si>
+  <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Egilshöll</t>
-  </si>
-[...7 lines deleted...]
-    <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Valbjarnarvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -199,66 +199,66 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>37742.7916666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>37745.5833333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>37745.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>37750.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>