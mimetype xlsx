--- v0 (2025-10-18)
+++ v1 (2025-12-21)
@@ -48,57 +48,57 @@
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Hvöt</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Magni</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
+    <t>Njarðvíkurvöllur</t>
+  </si>
+  <si>
+    <t>Grenivíkurvöllur</t>
+  </si>
+  <si>
     <t>Akranesvöllur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Njarðvíkurvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -311,66 +311,66 @@
         <v>12</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>37724.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37737.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37737.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>37737.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>