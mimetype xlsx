--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -255,71 +255,71 @@
         <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43778.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43785.7083333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43785.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43790.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43799.6527777778</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
@@ -423,68 +423,68 @@
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>43865.8472222222</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>43870.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>43870.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>43877.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>43877.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>