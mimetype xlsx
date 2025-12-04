--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -847,85 +847,85 @@
         <v>9</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>43925.5416666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>43925.75</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>43925.75</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>43925.75</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>43939.4583333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>43939.5625</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>