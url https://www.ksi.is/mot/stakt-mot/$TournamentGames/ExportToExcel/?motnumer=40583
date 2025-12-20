--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -186,71 +186,71 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>43767.8333333333</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>43771.625</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43771.625</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43776.7916666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43786.625</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
@@ -648,122 +648,122 @@
         <v>14</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>43918.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>43918.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>43918.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>43924.8541666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>43925.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>43939.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>43939.8333333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>43939.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>