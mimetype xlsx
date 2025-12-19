--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -273,71 +273,71 @@
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43862.5625</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43863.6041666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43863.6041666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43876.6041666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43876.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>15</v>