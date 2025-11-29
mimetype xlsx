--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -502,71 +502,71 @@
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>43877.6041666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>43883.5416666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>43883.5416666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>43891.4583333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>43891.5416666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>12</v>