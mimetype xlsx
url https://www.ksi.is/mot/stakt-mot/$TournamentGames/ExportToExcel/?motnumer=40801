--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -308,66 +308,66 @@
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43926.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43936.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43936.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43936.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>