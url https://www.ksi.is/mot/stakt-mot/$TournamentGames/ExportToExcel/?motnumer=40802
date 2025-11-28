--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -244,71 +244,71 @@
         <v>11</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43890.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43904.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43904.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43904.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43908.8020833333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>