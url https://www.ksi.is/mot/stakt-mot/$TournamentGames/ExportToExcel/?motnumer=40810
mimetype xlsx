--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -199,155 +199,155 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43889.7916666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43890.5833333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43890.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43896.75</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43896.7916666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43897.5416666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43917.8472222222</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43918.5</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>