--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -36,57 +36,57 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>KFR</t>
   </si>
   <si>
     <t>KB</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Ýmir</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>Kórinn - Gervigras</t>
+  </si>
+  <si>
     <t>Björninn</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>Domusnovavöllurinn</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -162,136 +162,136 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>43898.7916666667</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>43904.5833333333</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43904.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43910.8333333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43911.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43917.7708333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43918.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43923.75</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43923.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>