--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -188,71 +188,71 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>43884.75</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43890.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43890.5833333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43891.75</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43897.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
@@ -300,80 +300,80 @@
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43907.7708333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43911.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>43918.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>