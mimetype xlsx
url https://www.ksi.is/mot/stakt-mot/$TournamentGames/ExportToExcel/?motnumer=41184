--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -48,57 +48,57 @@
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>ÍBV/Sindri</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
+    <t>Grótta/KR</t>
+  </si>
+  <si>
+    <t>Vivaldivöllurinn</t>
+  </si>
+  <si>
     <t>Norðurálsvöllurinn</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -217,138 +217,138 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43991.7708333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43991.7916666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43991.7916666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43997.75</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44003.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44004.7916666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44004.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44017.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44025.7916666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44025.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
@@ -360,51 +360,51 @@
         <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44029.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44029.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44034.6875</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44038.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
@@ -444,289 +444,289 @@
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44061.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44061.875</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44068.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44074.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44074.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44074.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44081.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44082.7916666667</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44082.7916666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44087.7708333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44088.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44088.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44095.7916666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44095.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44105.8125</v>
       </c>
       <c r="B35" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44106.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44109.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44110.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44114.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44116.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44121.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>11</v>