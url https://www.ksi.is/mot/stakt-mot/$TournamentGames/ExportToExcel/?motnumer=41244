--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -451,155 +451,155 @@
         <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44007.5625</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44007.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44007.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44007.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44007.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44012.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44012.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44012.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44012.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44012.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44017.4583333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>11</v>
@@ -619,141 +619,141 @@
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44018.6041666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44018.6666666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44018.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44018.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44028.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44028.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44028.6666666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44028.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44029.5</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44048.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>17</v>
@@ -801,71 +801,71 @@
         <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44053.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44053.6666666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44053.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44054.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44056.5520833333</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>20</v>
@@ -969,141 +969,141 @@
         <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44063.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44063.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>44063.6666666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44063.6666666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>44063.71875</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>44067.7083333333</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>44070.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>44070.6666666667</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>44070.6875</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>44071.6354166667</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>4</v>