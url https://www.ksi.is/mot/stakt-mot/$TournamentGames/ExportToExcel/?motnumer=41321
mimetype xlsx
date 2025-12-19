--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -721,52 +721,52 @@
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44109.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44115.625</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44115.625</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>