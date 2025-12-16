--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -412,71 +412,71 @@
         <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44013.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44013.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44013.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44014.8541666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44017.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
@@ -524,71 +524,71 @@
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44020.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44027.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44027.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44027.875</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44028.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
@@ -608,141 +608,141 @@
         <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44032.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44033.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44033.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44034.75</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44037.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44038.625</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44040.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44040.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44041.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44041.875</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>18</v>
@@ -776,71 +776,71 @@
         <v>14</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44061.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44062.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44062.7916666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44063.7916666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44065.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>11</v>
@@ -860,71 +860,71 @@
         <v>16</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44067.7916666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44068.7916666667</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44068.7916666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44070.7916666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44074.7916666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
@@ -972,71 +972,71 @@
         <v>11</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44078.7708333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44078.8333333333</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>44078.8333333333</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44079.5</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>44079.5833333333</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
@@ -1322,71 +1322,71 @@
         <v>10</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>44109.8333333333</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>44109.8333333333</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>44109.8333333333</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>44110.8333333333</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>44113.8333333333</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>4</v>