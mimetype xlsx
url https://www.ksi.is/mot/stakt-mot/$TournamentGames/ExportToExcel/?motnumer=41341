--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -494,122 +494,122 @@
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44059.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44063.7083333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44063.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44064.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44065.4166666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44072.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44072.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44073.625</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>