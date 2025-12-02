--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -48,57 +48,57 @@
   <si>
     <t>Hertz völlurinn</t>
   </si>
   <si>
     <t>Sindri/Neisti</t>
   </si>
   <si>
     <t>Austurland</t>
   </si>
   <si>
     <t>Sindravellir</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Breiðablik 2</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
+    <t>Grótta/Kría</t>
+  </si>
+  <si>
+    <t>Vivaldivöllurinn</t>
+  </si>
+  <si>
     <t>Fellavöllur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
   <si>
     <t>Domusnovavöllurinn</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
     <t>Djúpavogsvöllur</t>
   </si>
@@ -229,113 +229,113 @@
         <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>43993.75</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>43995.5</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>43995.5</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43998.7708333333</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44000.75</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44003.5625</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44003.6770833333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44004.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>12</v>
@@ -372,51 +372,51 @@
         <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44008.7708333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44008.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44010.5416666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44010.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
@@ -442,51 +442,51 @@
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44015.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44016.5</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44016.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44017.5</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
@@ -515,104 +515,104 @@
     <row r="25">
       <c r="A25" s="2">
         <v>44022.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44023.5416666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44025.75</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44029.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44029.75</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44030.5208333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44031.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44033.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
@@ -649,57 +649,57 @@
         <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44041.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44057.7291666667</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44058.5</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44058.5833333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
@@ -719,51 +719,51 @@
         <v>17</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44062.75</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44064.7291666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44065.6666666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44066.4791666667</v>
@@ -792,51 +792,51 @@
         <v>9</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44070.75</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44071.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44071.75</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44072.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>5</v>
@@ -876,51 +876,51 @@
         <v>26</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44080.5833333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44083.7083333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44086.4583333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44086.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>8</v>
@@ -929,52 +929,52 @@
         <v>5</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44087.4583333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44087.5</v>
       </c>
       <c r="B56" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44092.6354166667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>