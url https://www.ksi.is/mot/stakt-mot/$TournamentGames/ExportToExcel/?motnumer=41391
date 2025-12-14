--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -63,84 +63,84 @@
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>Austurland</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Grindavík</t>
+  </si>
+  <si>
+    <t>Domusnovavöllurinn</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>Grótta</t>
+  </si>
+  <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
     <t>Valur</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
-    <t>Leiknir R.</t>
-[...7 lines deleted...]
-  <si>
     <t>FH</t>
   </si>
   <si>
     <t>Reynir/Víðir</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ásvellir</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Snæfellsnes</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>ÍBV/KFS</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Sindri/Neisti</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
@@ -447,197 +447,197 @@
         <v>41</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>43990.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44016.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44016.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44017.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44019.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44025.75</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44025.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44026.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44028.75</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44033.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44033.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44033.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44066.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44080.5</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>40</v>