--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -391,169 +391,169 @@
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44004.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44007.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44007.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44011.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44011.7916666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44014.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44018.7916666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44018.7916666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44019.7916666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44019.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44021.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44022.7291666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
@@ -713,71 +713,71 @@
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44051.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44053.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44053.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44054.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44054.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>7</v>