--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -657,71 +657,71 @@
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44051.5833333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44055.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44055.6666666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44055.7291666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44055.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>4</v>
@@ -909,66 +909,66 @@
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44075.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44075.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44075.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44075.7291666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>