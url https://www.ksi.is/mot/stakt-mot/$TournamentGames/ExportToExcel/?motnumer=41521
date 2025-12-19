--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -574,85 +574,85 @@
         <v>14</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44070.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44074.75</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44074.75</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44074.75</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44078.75</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44079.5</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>