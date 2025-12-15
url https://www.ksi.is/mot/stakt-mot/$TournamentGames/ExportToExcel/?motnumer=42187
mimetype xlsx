--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -435,71 +435,71 @@
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44276.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44296.4166666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44296.4166666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44296.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44297.375</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>