--- v0 (2025-12-01)
+++ v1 (2025-12-19)
@@ -335,141 +335,141 @@
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44331.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44331.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44331.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44335.75</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44335.75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44335.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44335.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44335.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44342.8020833333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44343.71875</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
@@ -503,99 +503,99 @@
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44343.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44352.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44352.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44352.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44352.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44353.8020833333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44357.75</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
@@ -629,183 +629,183 @@
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44368.75</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44368.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44368.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44376.75</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44376.75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44376.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44377.75</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44377.8020833333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44383.75</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44383.75</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44383.75</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>13</v>
@@ -867,141 +867,141 @@
         <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44390.8020833333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44397.75</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44397.75</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44397.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44397.8333333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44397.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44401.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44401.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>44402.5833333333</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44404.8020833333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>16</v>
@@ -1287,99 +1287,99 @@
         <v>16</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>44438.8020833333</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>44443.5833333333</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>44443.5833333333</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>44443.5833333333</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>44443.5833333333</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>44444.5</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>44449.71875</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
@@ -1399,52 +1399,52 @@
         <v>17</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>44451.5833333333</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>44451.5833333333</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>44451.5833333333</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>