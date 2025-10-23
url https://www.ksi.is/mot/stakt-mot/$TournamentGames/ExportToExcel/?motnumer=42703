--- v0 (2025-10-23)
+++ v1 (2025-10-23)
@@ -72,54 +72,54 @@
   <si>
     <t>Breiðablik 2</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>FH 2</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
+    <t>Domusnovavöllurinn</t>
+  </si>
+  <si>
     <t>Vivaldivöllurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Domusnovavöllurinn</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>Rafholtsvöllurinn</t>
   </si>
   <si>
     <t>Framvöllur - Úlfarsárdal</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
     <t>Iðavellir</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
@@ -286,68 +286,68 @@
         <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44333.6666666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44334.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44334.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44334.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44334.71875</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>19</v>
@@ -398,225 +398,225 @@
         <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44341.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44342.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44342.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44345.5</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44348.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44348.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44348.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44348.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44348.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44349.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44357.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44357.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>16</v>
@@ -636,99 +636,99 @@
         <v>18</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44368.625</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44368.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
@@ -782,65 +782,65 @@
     <row r="43">
       <c r="A43" s="2">
         <v>44369.6666666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44373.4583333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44373.5416666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44373.5416666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44374.5416666667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>4</v>
@@ -860,276 +860,276 @@
         <v>14</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44387.5416666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44418.6666666667</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44418.6666666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44418.6770833333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44419.6666666667</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44419.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44421.6666666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44425.5416666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44425.625</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>44426.6666666667</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>44428.5625</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>44429.4583333333</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>44429.5</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>