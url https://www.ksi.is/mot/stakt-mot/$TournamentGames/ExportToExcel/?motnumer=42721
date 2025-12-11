--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -444,71 +444,71 @@
         <v>19</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44362.4895833333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44362.71875</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44362.71875</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44363.71875</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44368.6458333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
@@ -752,66 +752,66 @@
         <v>12</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44429.6875</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44429.71875</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44429.71875</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44431.7395833333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>