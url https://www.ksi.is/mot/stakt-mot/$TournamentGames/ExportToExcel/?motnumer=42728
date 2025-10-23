--- v0 (2025-10-23)
+++ v1 (2025-10-23)
@@ -322,71 +322,71 @@
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44335.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44340.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44340.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44341.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44342.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>7</v>
@@ -462,295 +462,295 @@
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44349.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44357.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44362.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44363.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44368.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44368.6666666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44368.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44369.5</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44369.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44373.5416666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44374.5416666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44374.5416666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44374.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44387.5416666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
@@ -840,136 +840,136 @@
         <v>14</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44425.625</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44429.5</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44429.5520833333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>